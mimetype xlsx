--- v0 (2025-10-04)
+++ v1 (2026-01-14)
@@ -74,51 +74,51 @@
   <si>
     <t>plantilla_pdf_id</t>
   </si>
   <si>
     <t>plantilla_open_id</t>
   </si>
   <si>
     <t>web</t>
   </si>
   <si>
     <t>otros_doc</t>
   </si>
   <si>
     <t>Patronato Municipal Certamen Internacional de Habaneras y Polifonía</t>
   </si>
   <si>
     <t>Organismo</t>
   </si>
   <si>
     <t>https://habaneras.org/</t>
   </si>
   <si>
     <t>Instituto Municipal Cultura Joaquin Chapaprieta</t>
   </si>
   <si>
-    <t>https://torreviejacultura.sedelectronica.es/info.0</t>
+    <t>https://imcjoaquinchapaprieta.com/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -475,51 +475,51 @@
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="80" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="29" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="19" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="19" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="60" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="41" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>